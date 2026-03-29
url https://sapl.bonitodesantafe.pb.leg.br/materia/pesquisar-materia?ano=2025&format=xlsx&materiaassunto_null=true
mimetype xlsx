--- v0 (2026-01-27)
+++ v1 (2026-03-29)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>MARINALVA DA SAÚDE</t>
   </si>
   <si>
-    <t>https://sapl.bonitodesantafe.pb.leg.br/media/</t>
+    <t>http://sapl.bonitodesantafe.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Ao Prefeito Constitucional do Município, Antônio Lucena Filho, para que o mesmo implante no Orçamento para 2026 a construção de uma praça na Avenida Balbino Teodósio da Silva, localizada no Bairro Casas Populares e que a mesma venha a ser denominada de Praça Eugênio Mangueira Lacerda (Eugênio Cigano). Vale ressaltar que é uma homenagem a quem chegou em Bonito para trazer alegria de forma simples e fazer muitos amigos através de suas rodas de conversas sempre com seu rádio ligado ao som de Luiz Gonzaga.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>GILBERTO BRITO</t>
   </si>
   <si>
     <t>Parlamentar: Gilberto da Silva Brito, Vereador com assento nesta Egrégia Casa Legislativa, com o mais amplo respaldo no Art. 153, do Regimento Interno, vem com o devido respeito solicitar que depois de ouvido o Plenário esta Casa Legislativa possa encaminhar a seguinte INDICAÇÃO</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Parlamentar: Gilberto da Silva Brito, Vereador com assento nesta Egrégia Casa Legislativa, com o mais amplo respaldo no Art. 153, do Regimento Interno, vem com o devido respeito solicitar que depois de ouvido o Plenário esta Casa Legislativa possa encaminhar a seguinte INDICAÇÃO:</t>
   </si>
@@ -496,60 +496,60 @@
   <si>
     <t>MOÇÃO DE APLAUSO: a TEREZINHA MARTINS DE FIGUEIREDO, pela dedicação do seu trabalho voluntário junto a Igreja Católica de Bonito de Santa Fé.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO: a JOÃO BOSCO DA SILVA PAULINO (BOSCO PAULINO) pelo incansável trabalho no esporte bonitense há mais de 30 anos, sempre em busca de manter o esporte vivo em nosso Município.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO: ao bonitense FRANCISCO STEPHESON SULA DA SILVA, pelo seu destaque profissional como Engenheiro Civil na SUPLAN (Superintendência de Obras da Paraíba), na capital do Estado, onde vem exercendo suas funções com reconhecida competência.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/196/decreto_legislativo_no_001-2025-.docx</t>
+    <t>http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/196/decreto_legislativo_no_001-2025-.docx</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO BONITENSE AO SENHOR, DR. TACIANO LUIS  BARBOSA DINIZ, DEPUTADO ESTADUAL DA PARAIBA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/195/decreto_legislativo_no_002-2025-.docx</t>
+    <t>http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/195/decreto_legislativo_no_002-2025-.docx</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO BONITENSE AO SENHOR VENEZIANO VITAL DO RÊGO SEGUNDO NETO, SENADOR  DA PARAIBA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>DENOMINA A CASA DA CIDADANIA EM NOSSA CIDADE DE JOSEFA TAVARES DE LUCENA (DONA JOSITA) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE BONITO DE SANTA FÉ – PB, O DIA MUNICIPAL DO AGENTE COMUNITÁRIO DE SAÚDE E DO AGENTE DE COMBATE AS ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>DENOMINA DE SEBASTIÃO ARARUNA DE ALMEIDA JÚNIOR (TUNUNA) O VESTUÁRIO DO ESTÁDIO DE FUTEBOL JOSÉ ARRUDA AMORIM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>318</t>
   </si>
@@ -637,80 +637,80 @@
   <si>
     <t>DENOMINA DE MANOEL EUDES DE OLIVEIRA TRAVESSA QUE FICA ENTRE A RUA QUERUBINA PEREIRA E A RUA SINVAL TIMÓTEO DE MORAIS, MAIS PRECISAMENTE INICIANDO ENTRE AS RESIDÊNCIAS DAS SENHORAS CÍCERA SINAYDE LACERDA DA SILVA E NEUZITE TOMAZ DE LUCENA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>DENOMINA DE JOSÉ VANALDO BARBOSA DE OLIVEIRA  TRAVESSA QUE SE INICIA ENTRE A RUA JOÃO CAMBOTA E RUA SINVAL TIMÓTEO DE SOUSA, NO BAIRRO ANTOLÂNDIA DA NOSSA CIDADE, MAIS PRECISAMENTE EM FRENTE À ESCOLA PROFESSORA AUREA DIAS DE ALMEIDA , E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_no_002-2025_-_lei_remanejamento_bonito_de_santa_fe._2025.pdf</t>
+    <t>http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_no_002-2025_-_lei_remanejamento_bonito_de_santa_fe._2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O REMANEJAMENTO, A_x000D_
 TRANSPOSIÇÃO E A TRANSFERÊNCIA DE_x000D_
 FONTES DE RECURSOS DAS DOTAÇÕES_x000D_
 ORÇAMENTÁRIAS CONSTANTES DA LEI Nº_x000D_
 907/2024 - LEI ORÇAMENTÁRIA ANUAL PARA_x000D_
 2025</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_lei_no_003-2025_-_piso_do_magisterio_2025.docx</t>
+    <t>http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_lei_no_003-2025_-_piso_do_magisterio_2025.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL N° 875/2024 QUE TRATA DO PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE, PARA FINS QUE MENCIONA E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/192/projeto_de_lei_no_005-2025_-_dentistas_-_com_calculos.docx</t>
+    <t>http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/192/projeto_de_lei_no_005-2025_-_dentistas_-_com_calculos.docx</t>
   </si>
   <si>
     <t>REGULAMENTA NO ÂMBITO DO MUNICÍPIO DE BONITO DE SANTA FÉ – PB, O PAGAMENTO DE INCENTIVO FINANCEIRO AOS PROFISSIONAIS DE SAÚDE BUCAL DA ATENÇÃO PRIMÁRIA, ATRAVÉS DE REAJUSTES NOS VALORES MENSAIS INSTITUÍDOS PELA PORTARIA GM/MS Nº 1924, DE 17 DE NOVEMBRO DE 2023, NA FORMA ESPECIFICADA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER SUBVENÇÃO À ORGANIZAÇÃO DA SOCIEDADE CIVIL, SEM FINS ECONÔMICOS, QUE ESPECIFICA, DURANTE O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 O PREFEITO MUNICIPAL DE BONITO DE SANTA FÉ, Estado da Paraíba, no uso das atribuições legais que lhe são conferidas pela Lei Orgânica do Município, Antônio Lucena Filho, gestão 2025/2028, faz saber a todos os habitantes do sobredito município, que foi enviado este projeto de lei para Câmara Municipal para a sua devida apreciação</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA EDUCADOR SOCIAL VOLUNTÁRIO NO MUNICÍPIO DE BONITO DE SANTA FÉ – PB, REVOGA A LEI MUNICIPAL DE Nº 908/2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
@@ -912,125 +912,125 @@
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Após ouvido o plenário, REQUER que esta Casa Legislativa, seja encaminhado ao Exmo. Deputado Estadual Júnior Araújo o seguinte pedido: SOLICITAÇÃO CRIAÇÃO DE SALA DE ATENDIMENTO AOS AUTISTAS NO HOSPITAL HONORINA TAVARES</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>Após ouvido o plenário, REQUER que esta Casa Legislativa, seja encaminhado ao Exmo. Deputado Estadual Júnior Araújo o seguinte pedido: SOLICITAÇÃO DE RECURSOS PARA INSTALAÇÃO DE COMEDOUROS E BEBEDOUROS PARA CÃES DE RUA.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>REQUER que esta Casa Legislativa realize no dia 14 de novembro do ano em curso uma reunião solene em homenagem aos ex-vereadores do município de Bonito de Santa Fé, pois cada um contribuiu para a história do legislativo municipal.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/198/mocao_de_pesar_no_001-2025__wesley_pereira_de_oliveira_-_copia.docx</t>
+    <t>http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/198/mocao_de_pesar_no_001-2025__wesley_pereira_de_oliveira_-_copia.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR: a família PEREIRA DE OLIVEIRA, pela perda irreparável do Senhor:_x000D_
 WESLEY PEREIRA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/199/mocao_de_pesar_no_002-2025__antonio_alcantara_de_matos_-_copia.docx</t>
+    <t>http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/199/mocao_de_pesar_no_002-2025__antonio_alcantara_de_matos_-_copia.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR: a família ALCÂNTARA DE MATOS, pela perda irreparável do Senhor:_x000D_
 ANTÔNIO ALCÂNTARA DE MATOS</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/200/mocao_de_pesar_no_003-2025__agamenon_ramalho_sobrinho_-_copia.docx</t>
+    <t>http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/200/mocao_de_pesar_no_003-2025__agamenon_ramalho_sobrinho_-_copia.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR: a família RAMALHO, pela perda irreparável do Senhor:_x000D_
 AGAMENON RAMALHO SOBRINHO, ex-vereador e Agente Penal.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR: a família BARBOSA, pela perda irreparável do Senhor:_x000D_
 ELIAS BARBOSA.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR: a família LUCENA, pela perda irreparável do Senhor:_x000D_
 VALDEMIRO TAVARES DE LUCENA.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/191/mocao_de_pesar_no_006-2025_jose_eugenio_morenotuin_-_copia.docx</t>
+    <t>http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/191/mocao_de_pesar_no_006-2025_jose_eugenio_morenotuin_-_copia.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR: a família MORENO, pela perda irreparável do Senhor:_x000D_
 JOSÉ EUGÊNIO MORENO (TUIN).</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/190/mocao_de_pesar_no_007-2025_aurelina_cavalcante_de_lucena_-_copia.docx</t>
+    <t>http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/190/mocao_de_pesar_no_007-2025_aurelina_cavalcante_de_lucena_-_copia.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR: a família CAVALCANTE, pela perda irreparável do Senhor:_x000D_
 AURELINA CAVALCANTE DE LUENA.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/189/mocao_de_pesar_no_008-2025_ana_maria_lucia_de_lima.docx</t>
+    <t>http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/189/mocao_de_pesar_no_008-2025_ana_maria_lucia_de_lima.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR: a família LIMA, pela perda irreparável do Senhor:_x000D_
 ANA MARIA LÚCIA DE LIMA.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/188/mocao_de_pesar_no_009-2025_jose_morais_-.docx</t>
+    <t>http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/188/mocao_de_pesar_no_009-2025_jose_morais_-.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR: a família MORAIS, pela perda irreparável do Senhor:_x000D_
 JOSÉ MORAIS NETO (ZÉ BAÍA).</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR: a família CONCEIÇÃO, pela perda irreparável da Senhora:_x000D_
 LUZIA MARIA DA CONCEIÇÃO (DONA TOROCA).</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR: a família SILVA HENRIQUE pela perda irreparável da Senhora RITA DE CÁSSIA DA SILVA HENRIQUE (RITA DE BIRÓ)</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR: a família RAMALHO MORAES pela perda irreparável da Senhora TEREZINHA RAMALHO MORAES</t>
   </si>
   <si>
@@ -1738,68 +1738,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/196/decreto_legislativo_no_001-2025-.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/195/decreto_legislativo_no_002-2025-.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_no_002-2025_-_lei_remanejamento_bonito_de_santa_fe._2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_lei_no_003-2025_-_piso_do_magisterio_2025.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/192/projeto_de_lei_no_005-2025_-_dentistas_-_com_calculos.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/198/mocao_de_pesar_no_001-2025__wesley_pereira_de_oliveira_-_copia.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/199/mocao_de_pesar_no_002-2025__antonio_alcantara_de_matos_-_copia.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/200/mocao_de_pesar_no_003-2025__agamenon_ramalho_sobrinho_-_copia.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/191/mocao_de_pesar_no_006-2025_jose_eugenio_morenotuin_-_copia.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/190/mocao_de_pesar_no_007-2025_aurelina_cavalcante_de_lucena_-_copia.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/189/mocao_de_pesar_no_008-2025_ana_maria_lucia_de_lima.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/188/mocao_de_pesar_no_009-2025_jose_morais_-.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/196/decreto_legislativo_no_001-2025-.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/195/decreto_legislativo_no_002-2025-.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_no_002-2025_-_lei_remanejamento_bonito_de_santa_fe._2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_lei_no_003-2025_-_piso_do_magisterio_2025.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/192/projeto_de_lei_no_005-2025_-_dentistas_-_com_calculos.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/198/mocao_de_pesar_no_001-2025__wesley_pereira_de_oliveira_-_copia.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/199/mocao_de_pesar_no_002-2025__antonio_alcantara_de_matos_-_copia.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/200/mocao_de_pesar_no_003-2025__agamenon_ramalho_sobrinho_-_copia.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/191/mocao_de_pesar_no_006-2025_jose_eugenio_morenotuin_-_copia.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/190/mocao_de_pesar_no_007-2025_aurelina_cavalcante_de_lucena_-_copia.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/189/mocao_de_pesar_no_008-2025_ana_maria_lucia_de_lima.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/sapl/public/materialegislativa/2025/188/mocao_de_pesar_no_009-2025_jose_morais_-.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonitodesantafe.pb.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H186"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="49.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="152" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="151.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>